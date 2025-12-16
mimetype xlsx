--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96e256990d94dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bb11ae90124b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40f96a927252480c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ea1120aea94e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e5d6865a8ad4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40f96a927252480c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c35504b8ba4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ea1120aea94e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>239,359</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>