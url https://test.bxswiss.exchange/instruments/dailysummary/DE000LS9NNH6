--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bb11ae90124b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e5eef64c3ea4d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ea1120aea94e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15dbed687ea44b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c35504b8ba4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ea1120aea94e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R410c2683d9584c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15dbed687ea44b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>220,750</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,319</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>221,583</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>224,386</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>