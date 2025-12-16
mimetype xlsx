--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937c43498c1a4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e0201a15ae4dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4735011b103d4f1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac9c27586eb4f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258b1c8da4c04c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4735011b103d4f1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a8e69f469b417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac9c27586eb4f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>108,672</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>