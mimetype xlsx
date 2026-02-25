--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e0201a15ae4dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92abc1d67a1b4b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac9c27586eb4f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a72bbb53a2445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a8e69f469b417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac9c27586eb4f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129ef3d993a24b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a72bbb53a2445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>