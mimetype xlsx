--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe98e038e0c413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e19f8428afc485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74c9d20bfcd345ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d086c2bcec4cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021305c0a26c4655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74c9d20bfcd345ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcb1beea25141a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d086c2bcec4cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>453,011</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>