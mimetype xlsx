--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e19f8428afc485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632ed834a9a44918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d086c2bcec4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f05b9145c64a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcb1beea25141a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d086c2bcec4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f452cc1d5d540e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f05b9145c64a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>