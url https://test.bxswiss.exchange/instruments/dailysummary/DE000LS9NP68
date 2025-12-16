--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R100f4b26f9fd4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93094c602fcd4b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6545f0bccbd493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab453f9071d4206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb91cae875484e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6545f0bccbd493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac6a6fb38d64165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab453f9071d4206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>156,760</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,578</x:t>
-[...183 lines deleted...]
-          <x:t>156,962</x:t>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,943</x:t>
-[...188 lines deleted...]
-          <x:t>157,082</x:t>
+          <x:t>156,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>