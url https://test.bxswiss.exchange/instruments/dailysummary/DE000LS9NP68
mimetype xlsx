--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93094c602fcd4b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e382b8502345c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab453f9071d4206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a88b0954d094f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac6a6fb38d64165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab453f9071d4206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d4c6704a0941a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a88b0954d094f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>156,387</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,378</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>157,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>