--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ebb50b6c3e74b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7381912f1fc7489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39094fb178a049b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dccb0c007c436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e36e5847ac4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39094fb178a049b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267f70dc58ae4c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dccb0c007c436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,363</x:t>
-[...92 lines deleted...]
-          <x:t>2,394</x:t>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,368</x:t>
-[...53 lines deleted...]
-          <x:t>2,429</x:t>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,448</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,337</x:t>
-[...16 lines deleted...]
-          <x:t>2,402</x:t>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,402</x:t>
-[...274 lines deleted...]
-          <x:t>2,531</x:t>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>