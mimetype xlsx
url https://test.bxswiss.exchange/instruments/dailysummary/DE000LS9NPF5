--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7381912f1fc7489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1271da70a56342ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dccb0c007c436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e96be679894dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267f70dc58ae4c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dccb0c007c436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8aa8b9ecbc4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e96be679894dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>2,397</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,374</x:t>
-[...188 lines deleted...]
-          <x:t>2,349</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>