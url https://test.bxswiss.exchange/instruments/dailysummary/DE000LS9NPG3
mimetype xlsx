--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b602ce29f74f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611222491e264b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c27c66dafef4bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8de7370f82a4019"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606f69a910da4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c27c66dafef4bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233f426d39d64d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8de7370f82a4019" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,683</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>