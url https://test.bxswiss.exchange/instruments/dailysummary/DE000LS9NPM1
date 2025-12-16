--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b74786d30d4ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e554186b9b542ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d756db083b4894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66267ebd17a5445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8009de3a5e947e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d756db083b4894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684b6762d6904673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66267ebd17a5445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>203,095</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>