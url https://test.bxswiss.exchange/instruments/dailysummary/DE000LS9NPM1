--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e554186b9b542ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree028b9451a7405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66267ebd17a5445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b579c80fa594c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684b6762d6904673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66267ebd17a5445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad8f573b94d465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b579c80fa594c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>