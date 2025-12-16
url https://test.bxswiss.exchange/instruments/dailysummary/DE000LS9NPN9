--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa70116b4b8b490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6cd81908d740ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc908c155608c40db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf4e4c5a5f64d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2526c4d39249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc908c155608c40db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15be62932f9f441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf4e4c5a5f64d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitwerte Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,521</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>