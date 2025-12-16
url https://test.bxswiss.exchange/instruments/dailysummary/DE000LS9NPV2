--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25af0c4232594b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6c9af9e0a444ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64828f28fbf74b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566eb37f04cd434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26cd9478e4df404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64828f28fbf74b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a7a89e823841fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566eb37f04cd434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>203,827</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>