--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6c9af9e0a444ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a89694163b04429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566eb37f04cd434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1817c34bf144dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a7a89e823841fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566eb37f04cd434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b1e1ae999141f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1817c34bf144dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>