--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24aafdb453f4a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efdc091e94c40fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a6089f95fe43f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a6a053bb634d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47c328f856b44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a6089f95fe43f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc8a7108346749c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a6a053bb634d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,132</x:t>
-[...576 lines deleted...]
-          <x:t>122,737</x:t>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>