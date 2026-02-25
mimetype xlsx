--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e34ec6bf444e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a93f99e21e348d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c728c985824f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0902f046614b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e62efd7f8474bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c728c985824f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da4e54b5a9b4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0902f046614b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>186,352</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>