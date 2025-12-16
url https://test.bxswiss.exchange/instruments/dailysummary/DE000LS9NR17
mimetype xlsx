--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918f61b7150c4f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2db51cf1bd4bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee9adc08ae04a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4e9166195a4161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9189755367fb4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee9adc08ae04a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra053a4b2cbd94401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4e9166195a4161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CCC WORLD GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,649</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,441</x:t>
-[...522 lines deleted...]
-          <x:t>110,098</x:t>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>