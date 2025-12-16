--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf959f3be8ea047b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c40e22775b4432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b30cb85c29430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81ed6d9c0e84b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5b63e62b754cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b30cb85c29430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra45378a6f67e4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81ed6d9c0e84b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,032</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>