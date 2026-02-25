--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c40e22775b4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd17f6525bf49bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81ed6d9c0e84b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6630190a4ba645a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra45378a6f67e4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81ed6d9c0e84b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363d7776f1d94c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6630190a4ba645a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>