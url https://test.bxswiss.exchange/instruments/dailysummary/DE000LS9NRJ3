--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75b9ae7d3484e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb221390e49445d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc59b83f4126d491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa34ecc16ed49c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f73fe2b2ee54679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc59b83f4126d491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08bd20549a484992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa34ecc16ed49c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurtleTom Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,995</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>