--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb221390e49445d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3bd4ebbfe947cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa34ecc16ed49c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092399d2525d4a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08bd20549a484992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa34ecc16ed49c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aceba2405df4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092399d2525d4a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurtleTom Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>