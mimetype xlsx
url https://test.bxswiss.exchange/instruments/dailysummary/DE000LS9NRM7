--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aaf0432d0ef4565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7072c3663a134f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e40c68bca14d78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd234696ed8497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d11fd6b4a74a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e40c68bca14d78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a6eb4884d342d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd234696ed8497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Venture Capital Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>184,211</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>