--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7072c3663a134f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18d852282be04ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd234696ed8497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5ae26c122d496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a6eb4884d342d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd234696ed8497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7526f4fa944663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5ae26c122d496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Venture Capital Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>171,138</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>