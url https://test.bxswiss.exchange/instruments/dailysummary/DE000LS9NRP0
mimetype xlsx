--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6558a2e4872c4c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e52a53a9c974326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c564ba3ab924429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9901e3f51134071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9919a1dd48140c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c564ba3ab924429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d0e46dd040b477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9901e3f51134071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>48,068</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,057</x:t>
-[...593 lines deleted...]
-          <x:t>47,201</x:t>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>