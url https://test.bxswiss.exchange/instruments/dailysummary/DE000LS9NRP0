--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e52a53a9c974326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc8639478ed41a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9901e3f51134071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca8a40941eb4c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d0e46dd040b477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9901e3f51134071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef333d86eac48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca8a40941eb4c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>