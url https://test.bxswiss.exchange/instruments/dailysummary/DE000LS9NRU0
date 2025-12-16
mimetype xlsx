--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496b7e1e82ee41be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34450db088ed4449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec5545f4a5446b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380dccb6fccd483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa548d71680940fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec5545f4a5446b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9563ff4a39924266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380dccb6fccd483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>150,409</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,287</x:t>
-[...571 lines deleted...]
-          <x:t>148,616</x:t>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>