--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34450db088ed4449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271cd24e2a0a4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380dccb6fccd483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca8c33c9c324203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9563ff4a39924266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380dccb6fccd483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f991c8f8e0b4bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca8c33c9c324203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>