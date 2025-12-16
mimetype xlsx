--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5a628e22f74200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36185b34b9c441f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0347f25f469f4ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514ef1c7e0a6472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda20ddca1d2841c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0347f25f469f4ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da0b60d229947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514ef1c7e0a6472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewChanceGRD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>202,629</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>