--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36185b34b9c441f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf5426413624ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514ef1c7e0a6472c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3984a9363f664aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da0b60d229947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514ef1c7e0a6472c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6ea2d42b224a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3984a9363f664aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewChanceGRD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>186,703</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>