--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0c059746a445e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45623dbe94fd40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215b31c9c4534859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raefc2365b3c74438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f266f913f3407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215b31c9c4534859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb819b9b98f824745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raefc2365b3c74438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,498</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>