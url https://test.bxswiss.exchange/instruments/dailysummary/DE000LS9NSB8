--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45623dbe94fd40b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2206069fbfad4cee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raefc2365b3c74438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2b13c9f1ca4d51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb819b9b98f824745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raefc2365b3c74438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006a42225fe741f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2b13c9f1ca4d51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>