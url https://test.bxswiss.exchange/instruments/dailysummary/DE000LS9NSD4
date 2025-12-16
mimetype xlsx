--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93429f066eb4dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328743a8c3424b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5371b75292234384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re10db1be47ed4a97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb4a32c6c8e4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5371b75292234384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cd794423da44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re10db1be47ed4a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,674</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>151,727</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>