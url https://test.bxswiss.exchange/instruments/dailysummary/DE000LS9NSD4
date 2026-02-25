--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328743a8c3424b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6888ed630944a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re10db1be47ed4a97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0197cf9be84434"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cd794423da44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re10db1be47ed4a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a234c399d7b4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0197cf9be84434" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>