--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df1234c64f74a6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f6f67731fc46ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44548d5a3dba44c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca44e4fbf344389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826a242aaa6c48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44548d5a3dba44c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29426dbe14ad4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca44e4fbf344389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>270,963</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>