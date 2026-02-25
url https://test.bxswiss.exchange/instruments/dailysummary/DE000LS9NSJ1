--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f6f67731fc46ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79b79bdb364460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca44e4fbf344389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971e9a37ba694f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29426dbe14ad4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca44e4fbf344389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad41d0fa1544d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971e9a37ba694f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>