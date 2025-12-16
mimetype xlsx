--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c2d273ee2346e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc391ef56caa441ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da5622c5501437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8e64b0ad894ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bbfade5241845d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da5622c5501437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3a78da16a84ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8e64b0ad894ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,564</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>