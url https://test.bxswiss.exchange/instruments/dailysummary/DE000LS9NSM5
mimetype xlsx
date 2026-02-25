--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc391ef56caa441ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596252ee61654edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8e64b0ad894ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9eeaa3dd20406e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3a78da16a84ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8e64b0ad894ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e3dff5e66b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9eeaa3dd20406e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>