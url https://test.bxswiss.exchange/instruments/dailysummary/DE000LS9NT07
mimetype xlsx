--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7389311c79ac44f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2db21f4dc9d47aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b40d08f89fe4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb494523238ac4b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0527d46c4f0d410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b40d08f89fe4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc46dd16a73c4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb494523238ac4b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Variabel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>112,044</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>