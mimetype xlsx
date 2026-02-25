--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2db21f4dc9d47aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2465fbfb4634e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb494523238ac4b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5e35cad4644a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc46dd16a73c4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb494523238ac4b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9106206b27704e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5e35cad4644a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Variabel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>