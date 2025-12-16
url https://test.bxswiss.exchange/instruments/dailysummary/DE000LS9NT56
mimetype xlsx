--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fb4983e4e24c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e38cb28b111487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0577b650ac4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0872872208184694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7b11cba7214f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0577b650ac4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa927d73da8d4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0872872208184694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>123,032</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,606</x:t>
-[...544 lines deleted...]
-          <x:t>120,191</x:t>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>