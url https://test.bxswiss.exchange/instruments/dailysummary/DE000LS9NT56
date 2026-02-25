--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e38cb28b111487e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d4c1eae6cc4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0872872208184694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58235c15f346494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa927d73da8d4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0872872208184694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b21c1be7f64d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58235c15f346494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,154</x:t>
-[...441 lines deleted...]
-          <x:t>122,391</x:t>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>