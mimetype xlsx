--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14265303066455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54000214578415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a0eacd24df4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7de39adbf04ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c7eb842c11429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a0eacd24df4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc529fb25bf244749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7de39adbf04ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nigel Investments Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,507</x:t>
-[...468 lines deleted...]
-          <x:t>120,339</x:t>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>