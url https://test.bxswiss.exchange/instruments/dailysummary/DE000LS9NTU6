--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54000214578415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfae2a8df6294860" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7de39adbf04ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e1651cdef74cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc529fb25bf244749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7de39adbf04ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref66c4bf97d94899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e1651cdef74cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nigel Investments Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>118,658</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,633</x:t>
-[...70 lines deleted...]
-          <x:t>118,336</x:t>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,246</x:t>
-[...431 lines deleted...]
-          <x:t>118,118</x:t>
+          <x:t>117,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>