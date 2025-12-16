--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993625621b4a4e9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd254f6b9024844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9768ec30e0214e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714d39e0d9534601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c620b47952144cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9768ec30e0214e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaea4934e5244ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714d39e0d9534601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>39,932</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>