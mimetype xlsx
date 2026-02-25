--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd254f6b9024844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra429ba7b42a249f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714d39e0d9534601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1449101740462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaea4934e5244ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714d39e0d9534601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb259bb4e594843e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1449101740462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>35,984</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,806</x:t>
-[...328 lines deleted...]
-          <x:t>36,882</x:t>
+          <x:t>35,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>