--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72afea4029542a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad5b2d55531417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47b871b153be4814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e1c18e148a24899"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb69116fde44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47b871b153be4814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f20d471eb234b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e1c18e148a24899" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeoTorti</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>80,872</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,843</x:t>
-[...431 lines deleted...]
-          <x:t>81,063</x:t>
+          <x:t>80,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>