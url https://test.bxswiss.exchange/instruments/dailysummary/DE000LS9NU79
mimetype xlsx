--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8b9b18dd7a4acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178b835e889e420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cfaf0351faf4665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03fd8d6d22a4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77d86b4eadc48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cfaf0351faf4665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f83f6feb99646de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03fd8d6d22a4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienuniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>125,622</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,109</x:t>
-[...301 lines deleted...]
-          <x:t>127,174</x:t>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>