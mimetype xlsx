--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178b835e889e420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13639649533640f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03fd8d6d22a4471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90e135b890544fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f83f6feb99646de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03fd8d6d22a4471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1a0f5b66874d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90e135b890544fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienuniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,179</x:t>
-[...279 lines deleted...]
-          <x:t>126,600</x:t>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>