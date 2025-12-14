--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81bfe293ab7490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbb1e4ca8934817" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b36a4d9d89a4441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb691beb9734630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b9ebbe14784533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b36a4d9d89a4441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba274237be2407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb691beb9734630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,471</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>