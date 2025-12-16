--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037a15b7229c4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6c1f1d921743c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbde73365894d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acabc808e014ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3abb9ff024e940f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbde73365894d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034b1695c29b4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acabc808e014ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>104,107</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,067</x:t>
-[...274 lines deleted...]
-          <x:t>104,585</x:t>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>