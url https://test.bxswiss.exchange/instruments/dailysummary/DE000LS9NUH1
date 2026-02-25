--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6c1f1d921743c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb282191c924c4629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3acabc808e014ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a068b5eeff4aa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034b1695c29b4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3acabc808e014ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93fdafed8a141de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a068b5eeff4aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>104,228</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,079</x:t>
-[...269 lines deleted...]
-          <x:t>104,319</x:t>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>