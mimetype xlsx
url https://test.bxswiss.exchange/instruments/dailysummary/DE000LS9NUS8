--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a6875e8be04a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27d54bf3c364eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbb339b76db4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7c9c23a88040ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf084f0fa0a740a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbb339b76db4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02bfd2879dd429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7c9c23a88040ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividentitis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,410</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>