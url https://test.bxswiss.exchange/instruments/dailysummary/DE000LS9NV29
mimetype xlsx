--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc7bb3dfdf094a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a84759a97b74707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4069ca3082c46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8385a42b3ad44c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe744342a73490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4069ca3082c46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re322d7d2dcbd4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8385a42b3ad44c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>142,525</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>