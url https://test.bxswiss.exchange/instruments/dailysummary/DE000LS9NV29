--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a84759a97b74707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f60400ee4e9472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8385a42b3ad44c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5661ff726813477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re322d7d2dcbd4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8385a42b3ad44c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd50af78efd204a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5661ff726813477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>