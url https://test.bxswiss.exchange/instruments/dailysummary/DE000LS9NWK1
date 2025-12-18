--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7800b6815e44d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe511ad85a3749d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5262b55476c44075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b8cff0e28247eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130c2aeba0384d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5262b55476c44075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c35847d10f4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b8cff0e28247eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>515,036</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>