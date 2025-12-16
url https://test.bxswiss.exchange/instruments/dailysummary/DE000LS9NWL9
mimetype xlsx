--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9cc5c43375b4e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7576366764ff42cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de797850e254cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f402eb82104f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra215a5949c594b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de797850e254cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R339e8ff71aba4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f402eb82104f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,069</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>