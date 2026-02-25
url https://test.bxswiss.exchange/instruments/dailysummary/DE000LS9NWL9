--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7576366764ff42cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fc36f17bfa420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f402eb82104f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R939c5c9041434ed7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R339e8ff71aba4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f402eb82104f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R908ba4a482234856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R939c5c9041434ed7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>