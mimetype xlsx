--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62db382e69354396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df75643be354c49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010427cec3b8469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f9c0d7d6974132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9fffe925c04e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010427cec3b8469a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0762a4b50a54173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f9c0d7d6974132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,630</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>