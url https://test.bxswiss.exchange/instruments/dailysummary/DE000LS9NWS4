--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df75643be354c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref331346dcb14a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f9c0d7d6974132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9cb04e58644bfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0762a4b50a54173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f9c0d7d6974132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5db999ed8c4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9cb04e58644bfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>