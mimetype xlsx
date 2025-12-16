--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37db3a636a94e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26b723df28642e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18245c0f5e5546b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41764cfe01db4cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R234d7b971ddb4bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18245c0f5e5546b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d67f41024749ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41764cfe01db4cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>146,248</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,488</x:t>
-[...161 lines deleted...]
-          <x:t>145,048</x:t>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>