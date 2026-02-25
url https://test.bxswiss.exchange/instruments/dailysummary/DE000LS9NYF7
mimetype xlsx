--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26b723df28642e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218b95fbb91343f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41764cfe01db4cc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f979a87ac8a48a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d67f41024749ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41764cfe01db4cc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a0fe68d07754498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f979a87ac8a48a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>