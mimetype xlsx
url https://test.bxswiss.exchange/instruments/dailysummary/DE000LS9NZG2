--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f8f99b96f440e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273f18a8ab6e4afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf12f6ff8504d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d1aabe64de42ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0116539251564b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf12f6ff8504d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34962962ba8b4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d1aabe64de42ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>153,771</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>