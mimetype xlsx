--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273f18a8ab6e4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229aae8f6275436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d1aabe64de42ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd762d673eb2e4b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34962962ba8b4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d1aabe64de42ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab098023e134cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd762d673eb2e4b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>