--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98c48a2027b48ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8497f840f749fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76438aec46284710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53ca154e8634f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28eb9d8772d14a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76438aec46284710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fa15c16cd4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53ca154e8634f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,634</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>