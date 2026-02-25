--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8497f840f749fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1aadaa58fb04411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53ca154e8634f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97b1ccfe4d5431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fa15c16cd4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53ca154e8634f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a24059c9d3a4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97b1ccfe4d5431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>28,532</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>28,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,987</x:t>
-[...26 lines deleted...]
-          <x:t>27,833</x:t>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>