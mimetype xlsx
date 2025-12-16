--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra089dc3177b940c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R688ba1d463654bdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822b2aa00330434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69abe827ada34eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889e91b3a29c4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822b2aa00330434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3157c3f3d7644640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69abe827ada34eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,508</x:t>
-[...576 lines deleted...]
-          <x:t>158,338</x:t>
+          <x:t>154,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>