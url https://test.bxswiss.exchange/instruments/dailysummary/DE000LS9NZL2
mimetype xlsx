--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R688ba1d463654bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245c4212fa4742d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69abe827ada34eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eee26fc9f0e4ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3157c3f3d7644640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69abe827ada34eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b0a00c43c848a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eee26fc9f0e4ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>159,623</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,308</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>159,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>