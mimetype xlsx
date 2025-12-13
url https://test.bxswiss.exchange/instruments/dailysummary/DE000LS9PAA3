--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a9a28f95d764743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213925cd96eb46e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abd4391977949b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra425b4df3db54e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afc430b60204180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abd4391977949b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5c42694c894257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra425b4df3db54e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,281</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>