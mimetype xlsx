--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213925cd96eb46e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507e999b223948a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra425b4df3db54e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987c0ed66360466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5c42694c894257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra425b4df3db54e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33889e11fa894601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987c0ed66360466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,849</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>