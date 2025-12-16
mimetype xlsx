--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f5809922c64956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a22be8e9d14e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb27fcbccd34b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6132bab9f2d1409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb238e1fc96464a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb27fcbccd34b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364715290be94870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6132bab9f2d1409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,235</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>