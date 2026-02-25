--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a22be8e9d14e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9932b1d2759a4014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6132bab9f2d1409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e77a4840054ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364715290be94870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6132bab9f2d1409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a34e530ec2b4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e77a4840054ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>