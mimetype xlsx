--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6be034698e47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1253d885f8af4aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73e06eceaab4b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac460a3e0824700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7006628d56494362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73e06eceaab4b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7f86d95620452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac460a3e0824700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voll im Trend - Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>86,542</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,141</x:t>
-[...448 lines deleted...]
-          <x:t>86,186</x:t>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,908</x:t>
-[...112 lines deleted...]
-          <x:t>86,642</x:t>
+          <x:t>86,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>