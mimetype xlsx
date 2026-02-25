--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1253d885f8af4aee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10d153764604028" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac460a3e0824700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bcabecd7f04857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7f86d95620452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac460a3e0824700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347e627ce82d4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bcabecd7f04857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voll im Trend - Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>86,103</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>86,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,269</x:t>
-[...60 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>85,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,354</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>86,426</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>