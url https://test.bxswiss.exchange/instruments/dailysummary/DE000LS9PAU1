--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b38fd8bf5bb4af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R257cd2e3bdbc4067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7a86b8ff93468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ae9278e8d24f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4a2eaf459e4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7a86b8ff93468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe767c828874d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ae9278e8d24f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Science Fiction Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>265,879</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>