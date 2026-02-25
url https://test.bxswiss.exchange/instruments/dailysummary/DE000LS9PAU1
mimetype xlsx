--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R257cd2e3bdbc4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10b63e719e84ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ae9278e8d24f58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e7239f10fa4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe767c828874d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ae9278e8d24f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf2d80bfc6a44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e7239f10fa4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Science Fiction Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>