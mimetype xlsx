--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956bbc2a37c64a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc891845ed51348d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d2ffe9aaf44587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820fb1180d6a4795"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79afbd328a5e45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d2ffe9aaf44587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8a0fc6d5554e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820fb1180d6a4795" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Cloud Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,098</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>