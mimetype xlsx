--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc891845ed51348d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24522b23c8544a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820fb1180d6a4795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f8b05082e94a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8a0fc6d5554e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820fb1180d6a4795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe03196bef0f4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f8b05082e94a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Cloud Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>