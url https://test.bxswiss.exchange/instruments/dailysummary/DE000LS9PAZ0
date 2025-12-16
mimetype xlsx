--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c40bfe1d25468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919781d553a74096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598729656a5c4003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59e0c7603e947f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342365e495864749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598729656a5c4003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06530a52faa4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59e0c7603e947f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>196,681</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>