--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919781d553a74096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6579c346e44501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59e0c7603e947f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819e18ef28ed4026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06530a52faa4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59e0c7603e947f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdc6f91e0d744f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819e18ef28ed4026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>207,131</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,881</x:t>
-[...31 lines deleted...]
-          <x:t>204,810</x:t>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>