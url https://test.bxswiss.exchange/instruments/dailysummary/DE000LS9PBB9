--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda82bd8d8b5545fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra83d11c692df4473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3f6ca0b7ce4610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a3b195f8e64ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943c2744a444483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3f6ca0b7ce4610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143880480625408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a3b195f8e64ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,628</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>