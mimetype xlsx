--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra83d11c692df4473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3d0471d7774ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a3b195f8e64ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1111a73ed98e4149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143880480625408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a3b195f8e64ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a62041cd2db4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1111a73ed98e4149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>