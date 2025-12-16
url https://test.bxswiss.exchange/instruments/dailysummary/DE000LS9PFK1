--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20248152601b47ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158fbf369b9c4a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba1349358374182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810206954c4f4668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf360e2d38214e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba1349358374182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a41b4f502cf44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810206954c4f4668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>262,203</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>