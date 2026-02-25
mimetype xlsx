--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158fbf369b9c4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32534675e25840dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810206954c4f4668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653f5f8345964978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a41b4f502cf44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810206954c4f4668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a908188119429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653f5f8345964978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>