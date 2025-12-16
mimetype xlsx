--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205c75c210e84725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2901575c65437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2706c3d0ded499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397dcf00d79d4709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f67bb1c1dc44117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2706c3d0ded499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2e4e2e91754402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397dcf00d79d4709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>127,976</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,870</x:t>
-[...463 lines deleted...]
-          <x:t>129,682</x:t>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>