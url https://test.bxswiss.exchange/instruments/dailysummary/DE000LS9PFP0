--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2901575c65437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93613c5600a44378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397dcf00d79d4709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f38882362904935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2e4e2e91754402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397dcf00d79d4709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9df9a1f190c4ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f38882362904935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>