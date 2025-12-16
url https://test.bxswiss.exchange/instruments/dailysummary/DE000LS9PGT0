--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d90f1544e847e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e891b2a2636454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R788ce71e885d4816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6e69c296a444dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2119394a604e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R788ce71e885d4816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae165c34b7b4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6e69c296a444dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,931</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>