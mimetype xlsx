--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644d2672c4db4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ad567dac27444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c242c398714eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363f2b2800694428"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2fad18862549cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c242c398714eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16a6ae5888542d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363f2b2800694428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Digi-Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>141,314</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>