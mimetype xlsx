--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ad567dac27444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd37711a6c2491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363f2b2800694428"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d56c5de68254682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16a6ae5888542d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363f2b2800694428" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08149af1a2564694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d56c5de68254682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Digi-Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>